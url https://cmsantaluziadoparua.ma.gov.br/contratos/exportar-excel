--- v0 (2025-11-26)
+++ v1 (2026-01-25)
@@ -32,66 +32,66 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
-    <t>001/</t>
-[...14 lines deleted...]
-    <t>10/05/2024 a 10/05/2024</t>
+    <t>006/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA
+Aquisição De Materiais De Consumo (Expediente, Hig...</t>
+  </si>
+  <si>
+    <t>LAZARO BEZERRA SOARES
+06.088.333/0001-09</t>
+  </si>
+  <si>
+    <t>12/04/2024
+4.339,50</t>
+  </si>
+  <si>
+    <t>12/04/2024 a 31/12/2024</t>
   </si>
   <si>
     <t>0011/2023</t>
   </si>
   <si>
     <t>SECRETARIA
 contratação de empresa para o fornecimento de mate...</t>
   </si>
   <si>
     <t>EUDIVAN LACERDA EZI S LACERDA LTDA
 30.884.157/0001-98</t>
   </si>
   <si>
     <t>12/05/2023
 38.760,00</t>
   </si>
   <si>
     <t>12/05/2023 a 29/12/2023</t>
   </si>
   <si>
     <t>010/2023</t>
   </si>
   <si>
     <t>SECRETARIA
 A presente licitação tem por objeto a contratação...</t>
@@ -905,51 +905,51 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>31</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="1" t="s">